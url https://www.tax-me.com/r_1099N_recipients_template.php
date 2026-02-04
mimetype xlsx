--- v0 (2025-12-19)
+++ v1 (2026-02-04)
@@ -12,170 +12,176 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Recipients" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>rectin</t>
   </si>
   <si>
     <t>cbrecein</t>
   </si>
   <si>
     <t>cbrecssn</t>
   </si>
   <si>
     <t>recbn</t>
   </si>
   <si>
     <t>recfn</t>
   </si>
   <si>
     <t>recln</t>
   </si>
   <si>
     <t>recadd</t>
   </si>
   <si>
     <t>reccity</t>
   </si>
   <si>
     <t>recstcd</t>
   </si>
   <si>
     <t>reczip</t>
   </si>
   <si>
     <t>cbfrg</t>
   </si>
   <si>
     <t>recfrgprov</t>
   </si>
   <si>
     <t>recfrgzip</t>
   </si>
   <si>
     <t>recfrgctry</t>
   </si>
   <si>
-    <t>cbfatca</t>
+    <t>cb2tn</t>
   </si>
   <si>
     <t>recacct</t>
   </si>
   <si>
+    <t>cbpmdst5komocptrfr</t>
+  </si>
+  <si>
     <t>nc</t>
   </si>
   <si>
     <t>egpp</t>
   </si>
   <si>
     <t>fitwh</t>
   </si>
   <si>
     <t>stwh</t>
   </si>
   <si>
     <t>si</t>
   </si>
   <si>
     <t>cbcfsf</t>
   </si>
   <si>
     <t>spsnstcd</t>
   </si>
   <si>
     <t>spsnacct</t>
   </si>
   <si>
     <t>recem</t>
   </si>
   <si>
+    <t>recph</t>
+  </si>
+  <si>
     <t>John</t>
   </si>
   <si>
     <t>Doe</t>
   </si>
   <si>
     <t>123 Main St</t>
   </si>
   <si>
     <t>Miami</t>
   </si>
   <si>
     <t>FL</t>
   </si>
   <si>
     <t>name@example.com</t>
   </si>
   <si>
     <t>NOTES:</t>
   </si>
   <si>
-    <t>Use 1/0 for checkbox columns (cbrecein, cbrecssn, cbfrg, cbfatca, cbcfsf).</t>
+    <t>Use 1/0 for checkbox columns (cbrecein, cbrecssn, cbfrg, cbcfsf).</t>
   </si>
   <si>
     <t>Only ONE of cbrecein/cbrecssn should be 1.</t>
   </si>
   <si>
     <t>If cbfrg=1, fill recfrgprov + recfrgctry (and optional recfrgzip).</t>
   </si>
   <si>
     <t>Money fields: numbers like 0 or 1234.56 (no $ needed).</t>
   </si>
   <si>
-    <t>Use up to 100 records (row 101). Do not delete or modify row 1 or the structure of this file</t>
+    <t>Use up to 100 records (row 101). Do not modify row 1, DO NOT DELETE ANY ROWS OR COLUMNS</t>
   </si>
   <si>
     <t>cb=checkbox, frg=foreign, rec=recipient.</t>
   </si>
   <si>
     <t>Additional validations can be run online by clicking the "validate" button.</t>
   </si>
   <si>
-    <t>DELETE THESE NOTES BEFORE UPLOADING.</t>
+    <t>CLEAR THESE NOTES BEFORE UPLOADING.</t>
   </si>
   <si>
     <t>TAXME_1099N_RECIPIENTS_V1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -496,51 +502,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AA1000"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" activePane="bottomLeft" state="frozen" topLeftCell="A2"/>
-      <selection pane="bottomLeft" activeCell="A1" sqref="A1:Y1"/>
+      <selection pane="bottomLeft" activeCell="A1" sqref="A1:AA1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:27">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -577,155 +583,167 @@
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" s="1" t="s">
         <v>24</v>
       </c>
+      <c r="Z1" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="AA1" s="1" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="2" spans="1:27">
       <c r="A2">
         <v>123456789</v>
       </c>
       <c r="B2">
         <v>0</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="E2" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F2" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="G2" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="I2" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="J2">
         <v>33101</v>
       </c>
       <c r="K2">
         <v>0</v>
       </c>
       <c r="O2">
         <v>0</v>
       </c>
       <c r="Q2">
-        <v>0.0</v>
+        <v>0</v>
       </c>
       <c r="R2">
         <v>0.0</v>
       </c>
       <c r="S2">
         <v>0.0</v>
       </c>
       <c r="T2">
         <v>0.0</v>
       </c>
       <c r="U2">
         <v>0.0</v>
       </c>
       <c r="V2">
+        <v>0.0</v>
+      </c>
+      <c r="W2">
         <v>0</v>
       </c>
-      <c r="Y2" t="s">
-        <v>30</v>
+      <c r="Z2" t="s">
+        <v>32</v>
+      </c>
+      <c r="AA2">
+        <v>1234567890</v>
       </c>
     </row>
     <row r="4" spans="1:27">
       <c r="A4" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:27">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:27">
       <c r="A6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:27">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:27">
       <c r="A8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:27">
       <c r="A9" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:27">
       <c r="A10" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:27">
       <c r="A11" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:27">
       <c r="A12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="1000" spans="1:27">
       <c r="AA1000" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>